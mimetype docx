--- v0 (2025-10-19)
+++ v1 (2025-12-11)
@@ -1,43 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Default Extension="gif" ContentType="image/gif"> </Default>
+  <Default Extension="jpg" ContentType="image/jpg"> </Default>
+  <Default Extension="png" ContentType="image/png"> </Default>
+  <Default Extension="jpeg" ContentType="image/jpeg"> </Default>
+  <Default Extension="bmp" ContentType="image/bmp"> </Default>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00A370E0" w:rsidRPr="00E97870" w:rsidRDefault="00A370E0" w:rsidP="00A370E0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="227"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E97870">
         <w:rPr>
@@ -25754,61 +25762,237 @@
     </w:p>
     <w:p w:rsidR="008465E0" w:rsidRPr="004A76E9" w:rsidRDefault="008465E0" w:rsidP="004A76E9">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00093A53" w:rsidRPr="004A76E9" w:rsidRDefault="00093A53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00093A53" w:rsidRPr="004A76E9" w:rsidSect="004C571F">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="myTableStyle"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="6000" w:type="dxa"/>
+        <w:jc w:val="center"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1"/>
+        <w:gridCol w:w="1"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:left w:w="350" w:type="dxa"/>
+              <w:right w:w="350" w:type="dxa"/>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="on"/>
+                <w:bCs w:val="on"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="on"/>
+                <w:bCs w:val="on"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ДОКУМЕНТ ПОДПИСАН ЭЛЕКТРОННОЙ ПОДПИСЬЮ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:shd w:val="clear" w:fill="000000"/>
+              <w:jc w:val="center"/>
+              <w:spacing w:before="50" w:after="50" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b w:val="on"/>
+                <w:bCs w:val="on"/>
+                <w:color w:val="ffffff"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="on"/>
+                <w:bCs w:val="on"/>
+                <w:color w:val="ffffff"/>
+              </w:rPr>
+              <w:t xml:space="preserve">СВЕДЕНИЯ О СЕРТИФИКАТЕ ЭП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">640527729349926770582792246281479462382890807219</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Владелец</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Половников Сергей Федорович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Действителен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">С 23.09.2025 по 23.09.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" w:rsidR="00093A53" w:rsidRPr="004A76E9" w:rsidSect="004C571F">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="849" w:bottom="720" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+                                    </w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+                                    </w15:commentsEx>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00A169BB" w:rsidRDefault="00A169BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00A169BB" w:rsidRDefault="00A169BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
@@ -25914,50 +26098,245 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00A169BB" w:rsidRDefault="00A169BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00A169BB" w:rsidRDefault="00A169BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="18535">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0" w:tplc="80225290">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="80225290" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="80225290" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="80225290" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="80225290" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="80225290" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="80225290" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="80225290" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="80225290" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18534">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0" w:tplc="85357549">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="03DF3CF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69CE5C4A"/>
     <w:lvl w:ilvl="0" w:tplc="E8744268">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -30638,51 +31017,62 @@
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="43">
     <w:abstractNumId w:val="41"/>
   </w:num>
+  <w:num w:numId="18534">
+    <w:abstractNumId w:val="18534"/>
+  </w:num>
+  <w:num w:numId="18535">
+    <w:abstractNumId w:val="18535"/>
+  </w:num>
 </w:numbering>
+</file>
+
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+                                    </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="709"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00600258"/>
     <w:rsid w:val="00031C23"/>
     <w:rsid w:val="000362DD"/>
     <w:rsid w:val="00052721"/>
     <w:rsid w:val="000640C4"/>
     <w:rsid w:val="00093A53"/>
     <w:rsid w:val="000D3692"/>
     <w:rsid w:val="000F2505"/>
@@ -31826,50 +32216,384 @@
       <w:spacing w:after="60" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00E23508"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFontPHPDOCX">
+    <w:name w:val="Default Paragraph Font PHPDOCX"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraphPHPDOCX">
+    <w:name w:val="List Paragraph PHPDOCX"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF064E"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TitlePHPDOCX">
+    <w:name w:val="Title PHPDOCX"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleCarPHPDOCX"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF064E"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleCarPHPDOCX">
+    <w:name w:val="Title Car PHPDOCX"/>
+    <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
+    <w:link w:val="TitlePHPDOCX"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00DF064E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="SubtitlePHPDOCX">
+    <w:name w:val="Subtitle PHPDOCX"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleCarPHPDOCX"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF064E"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleCarPHPDOCX">
+    <w:name w:val="Subtitle Car PHPDOCX"/>
+    <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
+    <w:link w:val="SubtitlePHPDOCX"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00DF064E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="NormalTablePHPDOCX">
+    <w:name w:val="Normal Table PHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGridPHPDOCX">
+    <w:name w:val="Table Grid PHPDOCX"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00493A0C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReferencePHPDOCX">
+    <w:name w:val="annotation reference PHPDOCX"/>
+    <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E139EA"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentTextPHPDOCX">
+    <w:name w:val="annotation text PHPDOCX"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextCharPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E139EA"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextCharPHPDOCX">
+    <w:name w:val="Comment Text Char PHPDOCX"/>
+    <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
+    <w:link w:val="CommentTextPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E139EA"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubjectPHPDOCX">
+    <w:name w:val="annotation subject PHPDOCX"/>
+    <w:basedOn w:val="CommentTextPHPDOCX"/>
+    <w:next w:val="CommentTextPHPDOCX"/>
+    <w:link w:val="CommentSubjectCharPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E139EA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectCharPHPDOCX">
+    <w:name w:val="Comment Subject Char PHPDOCX"/>
+    <w:basedOn w:val="CommentTextCharPHPDOCX"/>
+    <w:link w:val="CommentSubjectPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E139EA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonTextPHPDOCX">
+    <w:name w:val="Balloon Text PHPDOCX"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextCharPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E139EA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextCharPHPDOCX">
+    <w:name w:val="Balloon Text Char PHPDOCX"/>
+    <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
+    <w:link w:val="BalloonTextPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E139EA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="footnoteTextPHPDOCX">
+    <w:name w:val="footnote Text PHPDOCX"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="footnoteTextCarPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006E0FDA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="footnoteTextCarPHPDOCX">
+    <w:name w:val="footnote Text Car PHPDOCX"/>
+    <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
+    <w:link w:val="footnoteTextPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006E0FDA"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="footnoteReferencePHPDOCX">
+    <w:name w:val="footnote Reference PHPDOCX"/>
+    <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006E0FDA"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="endnoteTextPHPDOCX">
+    <w:name w:val="endnote Text PHPDOCX"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="endnoteTextCarPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006E0FDA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="endnoteTextCarPHPDOCX">
+    <w:name w:val="endnote Text Car PHPDOCX"/>
+    <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
+    <w:link w:val="endnoteTextPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006E0FDA"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="endnoteReferencePHPDOCX">
+    <w:name w:val="endnote Reference PHPDOCX"/>
+    <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006E0FDA"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="table" w:customStyle="1" w:styleId="myTableStyle">
+    <w:name w:val="myTableStyle"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:sz="16" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="16" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="16" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="16" w:space="0"/>
+        <w:insideH w:val="nil" w:color="000000" w:sz="16" w:space="0"/>
+        <w:insideV w:val="nil" w:color="000000" w:sz="16" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="150" w:type="dxa"/>
+        <w:right w:w="150" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="46346212">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="424957106">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -32034,51 +32758,52 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2090077256">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId417747543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822504415" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId583778979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
+
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>